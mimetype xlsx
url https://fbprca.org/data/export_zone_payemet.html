--- v0 (2025-10-02)
+++ v1 (2026-01-29)
@@ -14,72 +14,72 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Payments" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
-    <t>RéGION</t>
-[...20 lines deleted...]
-    <t>Trim. III 2014</t>
+    <t>ZONE</t>
+  </si>
+  <si>
+    <t>Q I 2013</t>
+  </si>
+  <si>
+    <t>Q II 2013</t>
+  </si>
+  <si>
+    <t>Q III 2013</t>
+  </si>
+  <si>
+    <t>Q IV 2013</t>
+  </si>
+  <si>
+    <t>Q I 2014</t>
+  </si>
+  <si>
+    <t>Q II 2014</t>
+  </si>
+  <si>
+    <t>Q III 2014</t>
   </si>
   <si>
     <t>Région N°1</t>
   </si>
   <si>
     <t>Région N°2</t>
   </si>
   <si>
     <t>Région N°3</t>
   </si>
   <si>
     <t>Région N°4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0 &quot;FCFA&quot;"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -440,51 +440,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H5" sqref="H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.995117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">